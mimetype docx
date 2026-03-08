--- v0 (2025-10-11)
+++ v1 (2026-03-08)
@@ -1,57 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1B084200" w14:textId="5A580458" w:rsidR="000C4EF9" w:rsidRDefault="00F34383" w:rsidP="00F34383">
+    <w:p w14:paraId="1B084200" w14:textId="5A580458" w:rsidR="00000000" w:rsidRDefault="00F34383" w:rsidP="00F34383">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>IN THE UNITED STATES DISTRICT COURT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DAB9BED" w14:textId="01F1EB7A" w:rsidR="00F34383" w:rsidRDefault="00F34383" w:rsidP="00F34383">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38E36656" w14:textId="547275D5" w:rsidR="00F34383" w:rsidRDefault="00F34383" w:rsidP="00F34383">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>FOR THE DISTRICT OF OREGON</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="461F428C" w14:textId="3848CA5A" w:rsidR="00F34383" w:rsidRDefault="00F34383" w:rsidP="00F34383">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
@@ -489,57 +484,51 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">; that defendant knows and understands the accusations against [him/her]; and, that defendant is aware that </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1312861617"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00523F2A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523F2A">
-        <w:t>h</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-319426601"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtContent>
           <w:r w:rsidR="00523F2A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523F2A">
         <w:t>she</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -636,72 +625,88 @@
         <w:sdtContent>
           <w:r w:rsidR="00523F2A">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00523F2A">
         <w:t>Information</w:t>
       </w:r>
       <w:r w:rsidR="00281722">
         <w:t xml:space="preserve"> or the stating of the substance of the charge in open court, and that defendant enters a plea of Not Guilty</w:t>
       </w:r>
       <w:r w:rsidR="00A210FC">
         <w:t xml:space="preserve"> and a denial of the Forfeiture Allegation(s) (if applicable). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54D89FA1" w14:textId="6779F9AE" w:rsidR="00281722" w:rsidRDefault="00281722" w:rsidP="00F34383">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">Prior to filing, defense counsel provided the Government a copy of this notice. Defense counsel certifies that the Government does not object to </w:t>
+        <w:t xml:space="preserve">Prior to filing, defense counsel provided the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Government</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a copy of this notice. Defense counsel certifies that the Government does not object to </w:t>
       </w:r>
       <w:r w:rsidR="00A210FC">
         <w:t>this</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> waiver.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35CD89EF" w14:textId="77777777" w:rsidR="00A210FC" w:rsidRDefault="00A210FC" w:rsidP="00F34383">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31139EDE" w14:textId="120DDDD6" w:rsidR="00281722" w:rsidRDefault="00281722" w:rsidP="00F34383">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
-        <w:t>Defendant respectfully requests that the Court accept this waiver and the concurrently filed Waiver of Indictment (if applicable), and schedule this matter for trial.</w:t>
+        <w:t>Defendant respectfully requests that the Court accept this waiver and the concurrently filed Waiver of Indictment (if applicable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>), and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> schedule this matter for trial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0027A62E" w14:textId="259E3AF3" w:rsidR="00281722" w:rsidRDefault="00281722" w:rsidP="00F34383">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Dated this </w:t>
       </w:r>
       <w:r w:rsidR="00523F2A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidR="00523F2A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00523F2A">
         <w:rPr>
           <w:u w:val="single"/>
@@ -1029,309 +1034,260 @@
     <w:p w14:paraId="1ECAE20D" w14:textId="232597F4" w:rsidR="00281722" w:rsidRPr="00281722" w:rsidRDefault="00281722" w:rsidP="00281722">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>UNITED STATES MAGISTRATE JUDGE</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00281722" w:rsidRPr="00281722" w:rsidSect="009D25EE">
-      <w:headerReference w:type="even" r:id="rId6"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId6"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="505C920A" w14:textId="77777777" w:rsidR="009D25EE" w:rsidRDefault="009D25EE" w:rsidP="009D25EE">
+    <w:p w14:paraId="7F122742" w14:textId="77777777" w:rsidR="00AD76A2" w:rsidRDefault="00AD76A2" w:rsidP="009D25EE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0BD6AC10" w14:textId="77777777" w:rsidR="009D25EE" w:rsidRDefault="009D25EE" w:rsidP="009D25EE">
+    <w:p w14:paraId="1EE05719" w14:textId="77777777" w:rsidR="00AD76A2" w:rsidRDefault="00AD76A2" w:rsidP="009D25EE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="23477CF2" w14:textId="1671426C" w:rsidR="009D25EE" w:rsidRDefault="009D25EE" w:rsidP="009D25EE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t>WAIVER OF ARRAIGNMENT</w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1FC5B5EB" w14:textId="77777777" w:rsidR="009D25EE" w:rsidRDefault="009D25EE" w:rsidP="009D25EE">
+    <w:p w14:paraId="65B1A1EA" w14:textId="77777777" w:rsidR="00AD76A2" w:rsidRDefault="00AD76A2" w:rsidP="009D25EE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3069B6A8" w14:textId="77777777" w:rsidR="009D25EE" w:rsidRDefault="009D25EE" w:rsidP="009D25EE">
+    <w:p w14:paraId="36FE5AF7" w14:textId="77777777" w:rsidR="00AD76A2" w:rsidRDefault="00AD76A2" w:rsidP="009D25EE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:removePersonalInformation/>
+  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F34383"/>
+    <w:rsid w:val="00104C2B"/>
     <w:rsid w:val="00281722"/>
     <w:rsid w:val="003460B0"/>
     <w:rsid w:val="004B3DCA"/>
     <w:rsid w:val="00523F2A"/>
     <w:rsid w:val="007A6C63"/>
+    <w:rsid w:val="008D2CF5"/>
     <w:rsid w:val="008F2DB0"/>
     <w:rsid w:val="009D25EE"/>
     <w:rsid w:val="00A210FC"/>
+    <w:rsid w:val="00A53ABD"/>
+    <w:rsid w:val="00AD76A2"/>
     <w:rsid w:val="00BA46B2"/>
     <w:rsid w:val="00E15F0B"/>
     <w:rsid w:val="00F34383"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="64F0AB8C"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{19F37766-D751-4AF3-A543-87DD5B7CAC31}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1779,58 +1735,58 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009D25EE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009D25EE"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2086,72 +2042,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>274</Words>
   <Characters>1563</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
+  <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1834</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Paul Bruch</dc:creator>
+  <dc:creator/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>